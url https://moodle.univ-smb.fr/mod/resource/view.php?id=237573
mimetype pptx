--- v0 (2026-01-11)
+++ v1 (2026-03-05)
@@ -19,51 +19,50 @@
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId1"/>
     <p:sldMasterId id="2147483674" r:id="rId2"/>
     <p:sldMasterId id="2147483660" r:id="rId3"/>
     <p:sldMasterId id="2147483663" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="332" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="333" r:id="rId7"/>
     <p:sldId id="334" r:id="rId8"/>
     <p:sldId id="268" r:id="rId9"/>
     <p:sldId id="335" r:id="rId10"/>
@@ -163,273 +162,140 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="000099"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15026" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="85" d="100"/>
-          <a:sy n="85" d="100"/>
+          <a:sx n="72" d="100"/>
+          <a:sy n="72" d="100"/>
         </p:scale>
-        <p:origin x="88" y="248"/>
+        <p:origin x="384" y="36"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{E7F25D06-2EBF-47D3-9F11-617B3EE0DA12}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{E7F25D06-2EBF-47D3-9F11-617B3EE0DA12}" dt="2025-02-26T16:30:06.667" v="93" actId="207"/>
+    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-02-11T08:37:09.907" v="3" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="addSp delSp modSp mod setBg">
-[...140 lines deleted...]
-      </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{E7F25D06-2EBF-47D3-9F11-617B3EE0DA12}" dt="2025-02-26T15:58:58.521" v="3" actId="20577"/>
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-02-11T08:37:09.907" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1884753846" sldId="332"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{E7F25D06-2EBF-47D3-9F11-617B3EE0DA12}" dt="2025-02-26T15:58:58.521" v="3" actId="20577"/>
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-02-11T08:37:09.907" v="3" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1884753846" sldId="332"/>
             <ac:spMk id="10" creationId="{72385D85-F33D-4F8A-B0DA-0CC87D1D8C47}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -545,51 +411,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DE7181A-9FB3-49E3-ACEE-7085BF4E42D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6DAA13AC-CD5E-4638-83D4-F2B01513E418}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>26.02.2025</a:t>
+              <a:t>11.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E43F8B6-D9BE-4C37-9350-45C096703A02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -767,51 +633,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FD93361-6F24-4A5D-97F5-D563DC3BFBF8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6DAA13AC-CD5E-4638-83D4-F2B01513E418}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>26.02.2025</a:t>
+              <a:t>11.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7A8E55B-CBB4-4BED-B0F9-0DEF1D223423}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -949,51 +815,51 @@
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88434C92-1FCF-784C-B24C-2208657A5A96}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>26/02/2025</a:t>
+              <a:t>11/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1159,51 +1025,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{659B0E7A-778F-48E3-9064-B4D28395A137}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>26.02.2025</a:t>
+              <a:t>11.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC4AF2D-39F1-4484-94CC-DF99AE62B52E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1357,51 +1223,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9975CD4F-C33E-814E-9C17-828BA7095764}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>26/02/2025</a:t>
+              <a:t>11/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16D7DAD4-5471-BA49-8EF3-8962BC9695CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1616,51 +1482,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6DAA13AC-CD5E-4638-83D4-F2B01513E418}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>26.02.2025</a:t>
+              <a:t>11.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84D63B80-FCB1-41C7-8FB3-08B66FE83EB8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -2159,51 +2025,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356352"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{88434C92-1FCF-784C-B24C-2208657A5A96}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>26/02/2025</a:t>
+              <a:t>11/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356352"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2707,51 +2573,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>26.02.2025</a:t>
+              <a:t>11.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8044521-08BA-44F0-AE28-95D81E8DF23B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3265,51 +3131,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>26/02/2025</a:t>
+              <a:t>11/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99B081BE-1825-4742-B857-9449B05683E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4053,51 +3919,57 @@
             <a:off x="384717" y="4735551"/>
             <a:ext cx="5190893" cy="2122439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Année universitaire 2024/2025 </a:t>
+              <a:t>Année </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>universitaire 2025/2026 </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Licence 1 Droit LEA / Licence 2 ESPRI </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé du numéro de diapositive 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5913FBA4-3B0F-A778-FF2E-880C95DE95F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>