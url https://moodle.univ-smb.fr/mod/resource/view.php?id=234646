--- v0 (2025-11-24)
+++ v1 (2026-03-05)
@@ -45,51 +45,50 @@
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483663" r:id="rId1"/>
     <p:sldMasterId id="2147483660" r:id="rId2"/>
     <p:sldMasterId id="2147483648" r:id="rId3"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId37"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="392" r:id="rId4"/>
     <p:sldId id="324" r:id="rId5"/>
     <p:sldId id="437" r:id="rId6"/>
     <p:sldId id="295" r:id="rId7"/>
@@ -208,297 +207,146 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="000099"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15628"/>
     <p:restoredTop sz="95588"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="72" d="100"/>
           <a:sy n="72" d="100"/>
         </p:scale>
-        <p:origin x="364" y="52"/>
+        <p:origin x="364" y="36"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId42" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId42" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{D1974092-1DEA-484A-B085-E508B4A62C74}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{D1974092-1DEA-484A-B085-E508B4A62C74}" dt="2025-02-17T11:23:51.654" v="58" actId="5793"/>
+    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-28T08:33:54.860" v="3" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{D1974092-1DEA-484A-B085-E508B4A62C74}" dt="2025-02-17T10:27:16.781" v="6" actId="1076"/>
-[...68 lines deleted...]
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{D1974092-1DEA-484A-B085-E508B4A62C74}" dt="2025-02-17T10:26:54.764" v="3" actId="20577"/>
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-28T08:33:54.860" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1884753846" sldId="392"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{D1974092-1DEA-484A-B085-E508B4A62C74}" dt="2025-02-17T10:26:54.764" v="3" actId="20577"/>
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-28T08:33:54.860" v="3" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1884753846" sldId="392"/>
             <ac:spMk id="10" creationId="{72385D85-F33D-4F8A-B0DA-0CC87D1D8C47}"/>
           </ac:spMkLst>
         </pc:spChg>
-      </pc:sldChg>
-[...89 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -547,51 +395,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6A4B965D-1D86-674F-A1C5-847BF69C6E9D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1105,51 +953,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{218D763C-591F-114F-90C2-3FB551A4EF81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99115535-50E6-8841-98D2-D271FAFE8BD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1303,51 +1151,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5CC4F06-5C36-A346-BFB5-635DAE19A2E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDAEE3CE-45E2-624F-AAD4-797493A0C753}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1511,51 +1359,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75FB4819-70D9-9F4F-8554-5A4D25BBF070}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7C59E72-5C07-6147-BC6D-6B1066C8E0A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1711,51 +1559,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA7B20CF-317F-4FD9-B90A-BAC8AA0CEC22}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>17.02.2025</a:t>
+              <a:t>28.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2C6262-441C-423C-BC77-9E4F95A42DD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1933,51 +1781,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{659B0E7A-778F-48E3-9064-B4D28395A137}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>17.02.2025</a:t>
+              <a:t>28.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC4AF2D-39F1-4484-94CC-DF99AE62B52E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2133,51 +1981,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DE7181A-9FB3-49E3-ACEE-7085BF4E42D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6DAA13AC-CD5E-4638-83D4-F2B01513E418}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>17.02.2025</a:t>
+              <a:t>28.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E43F8B6-D9BE-4C37-9350-45C096703A02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2331,51 +2179,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9975CD4F-C33E-814E-9C17-828BA7095764}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16D7DAD4-5471-BA49-8EF3-8962BC9695CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2606,51 +2454,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{780CD62F-1D13-FF49-B41A-D5FBDA6CB2EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78C4F6D1-8B48-F24E-856F-D30615250BBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2871,51 +2719,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5ECE1C7-9FEF-0640-9E6E-018606CD6513}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD2B3CD-443E-AD48-87BE-5BF6AB6CF331}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3283,51 +3131,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E549A8A2-54A3-4B4A-B17A-356EA944D80D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E89EE017-1C46-1E44-A495-62361A849C65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3424,51 +3272,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73629EF8-21EE-A741-ACD5-4E47438E0FA7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79169774-2725-AF45-8557-FA9B527AA90B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3537,51 +3385,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF0DB25B-6E02-0C4F-8996-D7D313BE9631}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9130B483-DCD7-4249-BD62-9DE857106620}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3848,51 +3696,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB636601-71C7-484D-BF01-ED9392F788ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3953FDA-0CED-DB48-9770-3BBCC90CEA26}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4136,51 +3984,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41486527-00BC-FA44-8F30-0E43A19D9D34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8103C95-7565-E44C-85BC-845C1881D7D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4389,51 +4237,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5D878B49-A0DA-D44C-90EF-3E2B5F61AB0D}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>17/02/2025</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99B081BE-1825-4742-B857-9449B05683E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4959,51 +4807,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>17.02.2025</a:t>
+              <a:t>28.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8044521-08BA-44F0-AE28-95D81E8DF23B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -5520,51 +5368,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6DAA13AC-CD5E-4638-83D4-F2B01513E418}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>17.02.2025</a:t>
+              <a:t>28.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84D63B80-FCB1-41C7-8FB3-08B66FE83EB8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -6376,51 +6224,57 @@
             <a:off x="384717" y="4735551"/>
             <a:ext cx="5190893" cy="2122439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Année universitaire 2024/2025 </a:t>
+              <a:t>Année </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2000" b="1">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>universitaire 2025/2026 </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Licence 1 Droit LEA / Licence 2 ESPRI </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé du numéro de diapositive 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5913FBA4-3B0F-A778-FF2E-880C95DE95F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>