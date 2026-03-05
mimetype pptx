--- v0 (2025-11-24)
+++ v1 (2026-03-05)
@@ -704,107 +704,92 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14996" autoAdjust="0"/>
     <p:restoredTop sz="91806" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="86" d="100"/>
-          <a:sy n="86" d="100"/>
+          <a:sx n="91" d="100"/>
+          <a:sy n="91" d="100"/>
         </p:scale>
-        <p:origin x="940" y="56"/>
+        <p:origin x="108" y="168"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{9B5DD473-3EC6-44F2-B7E8-556A78188727}"/>
+    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{9B5DD473-3EC6-44F2-B7E8-556A78188727}" dt="2025-01-27T10:50:50.920" v="37" actId="20577"/>
+      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:14:11.004" v="3" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{9B5DD473-3EC6-44F2-B7E8-556A78188727}" dt="2025-01-27T10:50:35.920" v="33" actId="20577"/>
-[...14 lines deleted...]
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{9B5DD473-3EC6-44F2-B7E8-556A78188727}" dt="2025-01-27T10:50:50.920" v="37" actId="20577"/>
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:14:11.004" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="626398427" sldId="264"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{9B5DD473-3EC6-44F2-B7E8-556A78188727}" dt="2025-01-27T10:50:50.920" v="37" actId="20577"/>
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:14:11.004" v="3" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="626398427" sldId="264"/>
             <ac:spMk id="10" creationId="{72385D85-F33D-4F8A-B0DA-0CC87D1D8C47}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
@@ -859,51 +844,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{54E6FB38-70FF-4917-BC87-D617FC8E29A2}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1320,51 +1305,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{659B0E7A-778F-48E3-9064-B4D28395A137}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC4AF2D-39F1-4484-94CC-DF99AE62B52E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1520,51 +1505,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22B2C248-8ED8-4BF5-9DF1-15D231613380}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0078CAE5-F615-4588-A6DA-F39F24A83B8A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1730,51 +1715,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{644E3693-1870-4012-8B44-90A9ED66B723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65CD9438-1D6A-49A7-8E75-EE9FC1A24CC9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1930,51 +1915,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA7B20CF-317F-4FD9-B90A-BAC8AA0CEC22}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2C6262-441C-423C-BC77-9E4F95A42DD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2206,51 +2191,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C39CC807-5468-4449-BCF9-892952BB388B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17412352-2BC4-4B1C-B2B3-B0FD9A36CF00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2474,51 +2459,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C546FF4-1E24-495A-BDF9-72AB40338178}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFFA1041-24C7-4AA1-AE4C-CCB3931EC011}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2889,51 +2874,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E936D032-9088-49EB-B043-DF85C85B3049}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{120D0109-2E28-4C3F-A024-02353A1472E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3031,51 +3016,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E4FA9DC-0C36-4CCF-8D82-B2F86E7C9046}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30F81C24-95CA-4D8C-88DC-5DB3A8264CCC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3144,51 +3129,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E67C1A7-DC98-4AD2-A369-5CCEF2DE6820}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4274C8DA-A7D7-4C44-8E75-26511BFF3D4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3457,51 +3442,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83ED13B0-CE91-4855-AB24-1769C1D9C107}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9138B90D-1928-4DB3-BA61-7E8C85CBC182}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3746,51 +3731,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C0E5E80-9CC9-484D-A428-D0C162114161}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6088CE90-BC5F-4129-BDAC-850610CEBB57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3993,51 +3978,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8044521-08BA-44F0-AE28-95D81E8DF23B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -4821,51 +4806,68 @@
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="fr-FR" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Année universitaire 2024/2025 </a:t>
+              <a:t>Année </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="fr-FR" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>universitaire 2025/2026 </a:t>
             </a:r>
             <a:br>
               <a:rPr kumimoji="0" lang="fr-FR" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr kumimoji="0" lang="fr-FR" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>