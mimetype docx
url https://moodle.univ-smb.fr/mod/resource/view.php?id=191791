--- v0 (2025-11-24)
+++ v1 (2026-03-05)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="46CC58F4" w14:textId="77777777" w:rsidR="00B51506" w:rsidRPr="00565A15" w:rsidRDefault="00B51506" w:rsidP="001C2020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565A15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Double-Licence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287D5F42" w14:textId="5EB96D5F" w:rsidR="00B51506" w:rsidRPr="00565A15" w:rsidRDefault="00B51506" w:rsidP="001C2020">
@@ -780,184 +781,299 @@
           <w:p w14:paraId="5E7DE24F" w14:textId="77777777" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00597C72" w:rsidP="00597C72">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Manuels</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E5FCAB1" w14:textId="1EA6BCC3" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00141385" w:rsidP="00597C72">
+          <w:p w14:paraId="1E5FCAB1" w14:textId="2AA8C249" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00141385" w:rsidP="00597C72">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">F. MARTUCCI, </w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Droit de l’Union européenne</w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, Paris, Dalloz, 2021, Hypercours, 3ème ed.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BEFA18B" w14:textId="3D211621" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00141385" w:rsidP="00597C72">
+              <w:t>, Paris, Dalloz, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00762B34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Hypercours, </w:t>
+            </w:r>
+            <w:r w:rsidR="00762B34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00610C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>ème</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BEFA18B" w14:textId="5760F41B" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00141385" w:rsidP="00597C72">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. BLUMANN et L. DUBOUIS, </w:t>
+              <w:t xml:space="preserve">C. BLUMANN, </w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Doit institutionnel de l’Union européenne</w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, Paris, LexisNexis, 2019, 7ème éd.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="13154903" w14:textId="6D68028D" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00141385" w:rsidP="00597C72">
+              <w:t>, Paris, LexisNexis, 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00E56EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="002E4BCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>ème</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> éd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13154903" w14:textId="40E8934A" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00141385" w:rsidP="00597C72">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">J.-P. JACQUE, </w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Droit institutionnel de l’Union européenne</w:t>
             </w:r>
             <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, Paris, Dalloz, 2018, 9ème éd</w:t>
+              <w:t>, Paris, Dalloz, 20</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4BCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4BCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="002E4BCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>ème</w:t>
+            </w:r>
+            <w:r w:rsidR="00597C72" w:rsidRPr="00597C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> éd</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="329EA0B4" w14:textId="77777777" w:rsidR="00597C72" w:rsidRPr="00597C72" w:rsidRDefault="00597C72" w:rsidP="009B0B7C">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Revues</w:t>
@@ -1673,76 +1789,76 @@
     <w:p w14:paraId="77D48B97" w14:textId="351963B2" w:rsidR="00EB04DA" w:rsidRPr="00565A15" w:rsidRDefault="00EB04DA" w:rsidP="00741008">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EB04DA" w:rsidRPr="00565A15" w:rsidSect="007527ED">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44D82A75" w14:textId="77777777" w:rsidR="001F1F60" w:rsidRDefault="001F1F60" w:rsidP="00B206F6">
+    <w:p w14:paraId="4FEF6C08" w14:textId="77777777" w:rsidR="00131267" w:rsidRDefault="00131267" w:rsidP="00B206F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7361CA84" w14:textId="77777777" w:rsidR="001F1F60" w:rsidRDefault="001F1F60" w:rsidP="00B206F6">
+    <w:p w14:paraId="1DE36326" w14:textId="77777777" w:rsidR="00131267" w:rsidRDefault="00131267" w:rsidP="00B206F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1776,165 +1892,165 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D4BE8C9" w14:textId="77777777" w:rsidR="00B51506" w:rsidRDefault="00B51506" w:rsidP="00F06209">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="042E2630" w14:textId="77777777" w:rsidR="00B51506" w:rsidRDefault="00B51506" w:rsidP="00B206F6">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A40A489" w14:textId="77777777" w:rsidR="00B51506" w:rsidRDefault="00B51506" w:rsidP="00F06209">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A872C3">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3CF4D7CA" w14:textId="77777777" w:rsidR="00B51506" w:rsidRDefault="00B51506" w:rsidP="00B206F6">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EB12625" w14:textId="77777777" w:rsidR="001F1F60" w:rsidRDefault="001F1F60" w:rsidP="00B206F6">
+    <w:p w14:paraId="37ADB3BD" w14:textId="77777777" w:rsidR="00131267" w:rsidRDefault="00131267" w:rsidP="00B206F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17D503BC" w14:textId="77777777" w:rsidR="001F1F60" w:rsidRDefault="001F1F60" w:rsidP="00B206F6">
+    <w:p w14:paraId="146DE679" w14:textId="77777777" w:rsidR="00131267" w:rsidRDefault="00131267" w:rsidP="00B206F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EA52B4C" w14:textId="77777777" w:rsidR="00B51506" w:rsidRDefault="004F7DAA">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05C736F3" wp14:editId="4693C232">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3996690</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-19050</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1771650" cy="600075"/>
           <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -2037,51 +2153,51 @@
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B51506">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B51506">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B51506">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B51506">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B51506">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B51506">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CFF35E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1FA91F0"/>
     <w:lvl w:ilvl="0" w:tplc="043E036C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3011,195 +3127,203 @@
   <w:num w:numId="3" w16cid:durableId="325783962">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="599410396">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1506017785">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1865745996">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="429812655">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="275913143">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1480996891">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A72E61"/>
     <w:rsid w:val="00000387"/>
     <w:rsid w:val="00012B99"/>
     <w:rsid w:val="00035538"/>
     <w:rsid w:val="00036C33"/>
     <w:rsid w:val="0004051E"/>
     <w:rsid w:val="00062993"/>
     <w:rsid w:val="0006785A"/>
     <w:rsid w:val="00092422"/>
     <w:rsid w:val="000C1A4E"/>
     <w:rsid w:val="000C3EBD"/>
     <w:rsid w:val="000C5A8D"/>
     <w:rsid w:val="000F0BB0"/>
     <w:rsid w:val="001000D5"/>
     <w:rsid w:val="001063CA"/>
+    <w:rsid w:val="00131267"/>
     <w:rsid w:val="00136FE0"/>
     <w:rsid w:val="00141385"/>
     <w:rsid w:val="00157D62"/>
     <w:rsid w:val="001719C5"/>
     <w:rsid w:val="00171B29"/>
     <w:rsid w:val="00176811"/>
     <w:rsid w:val="00194865"/>
     <w:rsid w:val="0019783F"/>
     <w:rsid w:val="001A4D22"/>
     <w:rsid w:val="001C2020"/>
     <w:rsid w:val="001C4E00"/>
     <w:rsid w:val="001C5287"/>
     <w:rsid w:val="001C7CCC"/>
     <w:rsid w:val="001D4C5E"/>
     <w:rsid w:val="001E0821"/>
     <w:rsid w:val="001E1C76"/>
     <w:rsid w:val="001F1F60"/>
     <w:rsid w:val="001F4138"/>
     <w:rsid w:val="00217FE1"/>
     <w:rsid w:val="00235E2E"/>
     <w:rsid w:val="00241E28"/>
     <w:rsid w:val="002604FF"/>
     <w:rsid w:val="00280DB7"/>
     <w:rsid w:val="00281100"/>
     <w:rsid w:val="002903A8"/>
     <w:rsid w:val="00290DD1"/>
     <w:rsid w:val="00293383"/>
     <w:rsid w:val="00295A7F"/>
     <w:rsid w:val="00295C1F"/>
     <w:rsid w:val="002A159E"/>
     <w:rsid w:val="002A5C02"/>
     <w:rsid w:val="002A7EAF"/>
     <w:rsid w:val="002B55B2"/>
     <w:rsid w:val="002C2EF0"/>
     <w:rsid w:val="002E06CC"/>
+    <w:rsid w:val="002E4BCE"/>
     <w:rsid w:val="00311C09"/>
     <w:rsid w:val="003170DD"/>
     <w:rsid w:val="00320DD1"/>
     <w:rsid w:val="003407E2"/>
     <w:rsid w:val="00364A7D"/>
     <w:rsid w:val="00371426"/>
     <w:rsid w:val="003742D4"/>
     <w:rsid w:val="00375EE1"/>
     <w:rsid w:val="00382EEC"/>
     <w:rsid w:val="003859C7"/>
     <w:rsid w:val="003A1D71"/>
     <w:rsid w:val="003A6A5B"/>
     <w:rsid w:val="003B0955"/>
     <w:rsid w:val="003B1090"/>
     <w:rsid w:val="003B6F75"/>
     <w:rsid w:val="003D3117"/>
     <w:rsid w:val="003D764F"/>
     <w:rsid w:val="00431034"/>
     <w:rsid w:val="00431F58"/>
     <w:rsid w:val="0044646B"/>
     <w:rsid w:val="004558AD"/>
+    <w:rsid w:val="0047248A"/>
     <w:rsid w:val="00481B9C"/>
     <w:rsid w:val="00493181"/>
     <w:rsid w:val="00496E02"/>
     <w:rsid w:val="004A3A02"/>
     <w:rsid w:val="004A42BD"/>
     <w:rsid w:val="004A64ED"/>
     <w:rsid w:val="004C5A1C"/>
     <w:rsid w:val="004C761D"/>
     <w:rsid w:val="004D6A22"/>
     <w:rsid w:val="004E0F1F"/>
     <w:rsid w:val="004E2940"/>
     <w:rsid w:val="004E48CC"/>
     <w:rsid w:val="004F64DE"/>
     <w:rsid w:val="004F7DAA"/>
     <w:rsid w:val="00551E14"/>
     <w:rsid w:val="00557AEB"/>
     <w:rsid w:val="00565A15"/>
     <w:rsid w:val="00566DDA"/>
     <w:rsid w:val="00587FE3"/>
     <w:rsid w:val="005903EA"/>
     <w:rsid w:val="00597C72"/>
     <w:rsid w:val="005A16E9"/>
     <w:rsid w:val="005A1A95"/>
     <w:rsid w:val="005B403D"/>
     <w:rsid w:val="005C6485"/>
     <w:rsid w:val="005D24DE"/>
     <w:rsid w:val="005F022B"/>
     <w:rsid w:val="00604045"/>
+    <w:rsid w:val="00610C5F"/>
     <w:rsid w:val="00624BAC"/>
     <w:rsid w:val="006458B3"/>
     <w:rsid w:val="00654736"/>
     <w:rsid w:val="00655983"/>
     <w:rsid w:val="00666D5A"/>
     <w:rsid w:val="00670CEE"/>
     <w:rsid w:val="00677F93"/>
     <w:rsid w:val="0068476A"/>
     <w:rsid w:val="0069159C"/>
     <w:rsid w:val="006C68A5"/>
     <w:rsid w:val="006E40CF"/>
     <w:rsid w:val="006F0E69"/>
     <w:rsid w:val="00711B20"/>
     <w:rsid w:val="00741008"/>
     <w:rsid w:val="007421E9"/>
     <w:rsid w:val="00751D3C"/>
     <w:rsid w:val="007527ED"/>
+    <w:rsid w:val="00756873"/>
+    <w:rsid w:val="00762B34"/>
     <w:rsid w:val="00766F32"/>
     <w:rsid w:val="00780B12"/>
     <w:rsid w:val="00785D10"/>
     <w:rsid w:val="007B077F"/>
     <w:rsid w:val="007B3070"/>
     <w:rsid w:val="007B318A"/>
     <w:rsid w:val="007C1C03"/>
     <w:rsid w:val="007D0E84"/>
     <w:rsid w:val="007D6C69"/>
     <w:rsid w:val="007D6EAB"/>
     <w:rsid w:val="007F1926"/>
     <w:rsid w:val="00825512"/>
     <w:rsid w:val="008269F4"/>
     <w:rsid w:val="00827204"/>
     <w:rsid w:val="00827EDE"/>
     <w:rsid w:val="00844A56"/>
     <w:rsid w:val="00850592"/>
     <w:rsid w:val="00855A75"/>
     <w:rsid w:val="00877AF8"/>
     <w:rsid w:val="008A3205"/>
     <w:rsid w:val="008B0583"/>
     <w:rsid w:val="008D15F2"/>
     <w:rsid w:val="008E6EC6"/>
     <w:rsid w:val="008F5D60"/>
     <w:rsid w:val="008F688D"/>
@@ -3273,50 +3397,51 @@
     <w:rsid w:val="00C74630"/>
     <w:rsid w:val="00CA1D74"/>
     <w:rsid w:val="00CB70AB"/>
     <w:rsid w:val="00CC2DA7"/>
     <w:rsid w:val="00CF68E4"/>
     <w:rsid w:val="00D00F2E"/>
     <w:rsid w:val="00D03222"/>
     <w:rsid w:val="00D240A9"/>
     <w:rsid w:val="00D36728"/>
     <w:rsid w:val="00D412A7"/>
     <w:rsid w:val="00D46CFE"/>
     <w:rsid w:val="00D61D0E"/>
     <w:rsid w:val="00D7496B"/>
     <w:rsid w:val="00D80F8B"/>
     <w:rsid w:val="00D93654"/>
     <w:rsid w:val="00D96E5C"/>
     <w:rsid w:val="00DA41A6"/>
     <w:rsid w:val="00DB7C24"/>
     <w:rsid w:val="00DC67AE"/>
     <w:rsid w:val="00DD6D05"/>
     <w:rsid w:val="00DF4E08"/>
     <w:rsid w:val="00E20C16"/>
     <w:rsid w:val="00E25C35"/>
     <w:rsid w:val="00E45433"/>
     <w:rsid w:val="00E56965"/>
+    <w:rsid w:val="00E56EAB"/>
     <w:rsid w:val="00E66302"/>
     <w:rsid w:val="00E67AD0"/>
     <w:rsid w:val="00E901AF"/>
     <w:rsid w:val="00E90953"/>
     <w:rsid w:val="00E97FC7"/>
     <w:rsid w:val="00EA4C26"/>
     <w:rsid w:val="00EB04DA"/>
     <w:rsid w:val="00EB05EB"/>
     <w:rsid w:val="00EB585E"/>
     <w:rsid w:val="00ED3B92"/>
     <w:rsid w:val="00ED5B4A"/>
     <w:rsid w:val="00ED6842"/>
     <w:rsid w:val="00EE2461"/>
     <w:rsid w:val="00F06209"/>
     <w:rsid w:val="00F06D8D"/>
     <w:rsid w:val="00F0755D"/>
     <w:rsid w:val="00F137F4"/>
     <w:rsid w:val="00F25AFF"/>
     <w:rsid w:val="00F27F74"/>
     <w:rsid w:val="00F30552"/>
     <w:rsid w:val="00F4243A"/>
     <w:rsid w:val="00F525F7"/>
     <w:rsid w:val="00F550F4"/>
     <w:rsid w:val="00F83ABF"/>
     <w:rsid w:val="00F922F8"/>
@@ -3327,64 +3452,64 @@
     <w:rsid w:val="00FC4CDB"/>
     <w:rsid w:val="00FC4E4A"/>
     <w:rsid w:val="00FC7B6A"/>
     <w:rsid w:val="00FD64F7"/>
     <w:rsid w:val="00FD7CCF"/>
     <w:rsid w:val="00FF5129"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5A2397FF"/>
   <w15:docId w15:val="{A3A7C8CF-7817-1A48-B042-F351936EE11F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS ??" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3956,51 +4081,51 @@
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00923E7B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00923E7B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="180433418">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="693505171">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -4290,77 +4415,77 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e21e9783-d0a0-48f8-850e-0b081b46d788}" enabled="0" method="" siteId="{e21e9783-d0a0-48f8-850e-0b081b46d788}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>329</Words>
-  <Characters>2059</Characters>
+  <Words>365</Words>
+  <Characters>2010</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université de Savoie</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2384</CharactersWithSpaces>
+  <CharactersWithSpaces>2371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FREDERIC TURPIN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>