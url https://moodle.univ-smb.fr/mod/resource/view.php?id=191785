--- v0 (2026-01-11)
+++ v1 (2026-03-05)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -227,51 +228,51 @@
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="000099"/>
     <a:srgbClr val="990000"/>
     <a:srgbClr val="0000CC"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" v="1" dt="2025-01-27T10:53:08.354"/>
+    <p1510:client id="{06BA82E4-FB10-4FD8-B6BA-D3F1BC29EA37}" v="1" dt="2026-01-20T13:18:01.580"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Style moyen 2 - Accentuation 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -778,126 +779,141 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14996" autoAdjust="0"/>
     <p:restoredTop sz="91806" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="86" d="100"/>
-          <a:sy n="86" d="100"/>
+          <a:sx n="91" d="100"/>
+          <a:sy n="91" d="100"/>
         </p:scale>
-        <p:origin x="940" y="56"/>
+        <p:origin x="108" y="168"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-27T10:53:13.568" v="13" actId="20577"/>
+    <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}"/>
+    <pc:docChg chg="undo custSel modSld">
+      <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:45:05.798" v="56" actId="1076"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-27T10:52:21.740" v="5" actId="20577"/>
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:15:00.096" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1884753846" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-27T10:52:21.740" v="5" actId="20577"/>
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:15:00.096" v="3" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1884753846" sldId="256"/>
             <ac:spMk id="10" creationId="{72385D85-F33D-4F8A-B0DA-0CC87D1D8C47}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-21T16:13:02.472" v="1" actId="20577"/>
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:19:37.920" v="50" actId="207"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="874913599" sldId="323"/>
+          <pc:sldMk cId="510280930" sldId="307"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-21T16:13:02.472" v="1" actId="20577"/>
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:19:37.920" v="50" actId="207"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="874913599" sldId="323"/>
+            <pc:sldMk cId="510280930" sldId="307"/>
             <ac:spMk id="3" creationId="{A2C58BCB-BA1E-4E15-977F-4F93057E6309}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-27T10:53:13.568" v="13" actId="20577"/>
+      <pc:sldChg chg="addSp modSp mod">
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:45:05.798" v="56" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="1223174666" sldId="324"/>
+          <pc:sldMk cId="2426956282" sldId="317"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:45:05.798" v="56" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2426956282" sldId="317"/>
+            <ac:picMk id="5" creationId="{AFDC851D-FB7C-FC84-3D69-86FCD361DAAF}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:28:12.722" v="51" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2207272821" sldId="322"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{B0FD3FA7-7204-4A29-9C05-18B760337E8D}" dt="2025-01-27T10:53:13.568" v="13" actId="20577"/>
+          <ac:chgData name="Damien Bouvier" userId="7262b343-9cbd-4bd7-8cbf-6b3c6ccd78ea" providerId="ADAL" clId="{957606EA-A3E4-48B5-AE65-536EBB4C8743}" dt="2026-01-20T13:28:12.722" v="51" actId="1076"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="1223174666" sldId="324"/>
-            <ac:spMk id="3" creationId="{A2C58BCB-BA1E-4E15-977F-4F93057E6309}"/>
+            <pc:sldMk cId="2207272821" sldId="322"/>
+            <ac:spMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -948,51 +964,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{54E6FB38-70FF-4917-BC87-D617FC8E29A2}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2121,51 +2137,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{659B0E7A-778F-48E3-9064-B4D28395A137}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC4AF2D-39F1-4484-94CC-DF99AE62B52E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2321,51 +2337,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22B2C248-8ED8-4BF5-9DF1-15D231613380}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0078CAE5-F615-4588-A6DA-F39F24A83B8A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2531,51 +2547,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{644E3693-1870-4012-8B44-90A9ED66B723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65CD9438-1D6A-49A7-8E75-EE9FC1A24CC9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2753,51 +2769,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84BB8C9D-FD14-406F-A76C-AAFFC1251746}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BCBA44B1-4E23-4AE1-BDA1-305100EFA620}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1281E769-E780-4A93-BBAC-EEA60E07A18C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2953,51 +2969,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED913F9A-1251-46B0-8022-BC3BE14B2233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BCBA44B1-4E23-4AE1-BDA1-305100EFA620}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A7C2CA6-F498-4896-BEDE-EA63B16B0E19}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3153,51 +3169,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA7B20CF-317F-4FD9-B90A-BAC8AA0CEC22}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2C6262-441C-423C-BC77-9E4F95A42DD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3429,51 +3445,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C39CC807-5468-4449-BCF9-892952BB388B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17412352-2BC4-4B1C-B2B3-B0FD9A36CF00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3697,51 +3713,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C546FF4-1E24-495A-BDF9-72AB40338178}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFFA1041-24C7-4AA1-AE4C-CCB3931EC011}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4112,51 +4128,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E936D032-9088-49EB-B043-DF85C85B3049}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{120D0109-2E28-4C3F-A024-02353A1472E9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4254,51 +4270,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E4FA9DC-0C36-4CCF-8D82-B2F86E7C9046}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30F81C24-95CA-4D8C-88DC-5DB3A8264CCC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4367,51 +4383,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E67C1A7-DC98-4AD2-A369-5CCEF2DE6820}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4274C8DA-A7D7-4C44-8E75-26511BFF3D4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4680,51 +4696,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83ED13B0-CE91-4855-AB24-1769C1D9C107}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9138B90D-1928-4DB3-BA61-7E8C85CBC182}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4969,51 +4985,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C0E5E80-9CC9-484D-A428-D0C162114161}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6088CE90-BC5F-4129-BDAC-850610CEBB57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5220,51 +5236,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8DDC2016-7290-4E2D-86D7-9E084B5ED18F}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8044521-08BA-44F0-AE28-95D81E8DF23B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -5790,51 +5806,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BCBA44B1-4E23-4AE1-BDA1-305100EFA620}" type="datetimeFigureOut">
               <a:rPr lang="fr-CH" smtClean="0"/>
-              <a:t>27.01.2025</a:t>
+              <a:t>20.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56F2BA3D-1E8E-48F0-87B3-E1D0C6BE40D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -6242,71 +6258,71 @@
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -6635,51 +6651,51 @@
             <a:off x="384717" y="4735551"/>
             <a:ext cx="5190893" cy="2122439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Année universitaire 2024/2025 </a:t>
+              <a:t>Année universitaire 2025/2026 </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Licence 1 Droit LEA / Licence 2 ESPRI </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé du numéro de diapositive 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5913FBA4-3B0F-A778-FF2E-880C95DE95F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -8670,53 +8686,53 @@
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Volonté : doter l’intégration communautaire d’une dimension ………… nouvelle. Plusieurs innovations majeures :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1258888" lvl="3" indent="-371475">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="fr-CH" sz="2000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="1258888" lvl="3" indent="-371475">
-[...1 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+            <a:pPr marL="1344613" lvl="3" indent="-457200">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Une innovation </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000099"/>
                 </a:solidFill>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>………………..</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
@@ -8733,93 +8749,121 @@
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>avec la structure </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000099"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>en piliers</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. Un pilier </a:t>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1801813" lvl="4" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Un pilier </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>communautaire </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>(incluant les CE, CEEA et la CECA), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>intégratif</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> + un pilier relatif à la </a:t>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1801813" lvl="4" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Un pilier relatif à la </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000099"/>
                 </a:solidFill>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>politique étrangère et de sécurité commune </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000099"/>
                 </a:solidFill>
@@ -8848,153 +8892,218 @@
                 </a:effectLst>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nter-gouvernemental </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1801813" lvl="4" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>+ un pilier relatif à la justice et aux affaires intérieures, fondé sur la </a:t>
+              <a:t>Un pilier relatif à la justice et aux </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000099"/>
+                </a:solidFill>
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>affaires intérieures</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, fondé sur la </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" u="sng" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>coopération </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>inter-gouvernementale</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1258888" lvl="3" indent="-371475">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="fr-CH" sz="2000" dirty="0">
               <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1258888" lvl="3" indent="-371475">
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Des innovations </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000099"/>
                 </a:solidFill>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>………………</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> :  PESC et Justice et affaires intérieures, création d’une </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t> :  </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>………….. européenne</a:t>
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, adoption du principe </a:t>
+              <a:t>PESC et Justice et affaires intérieures </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Création d’une </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000099"/>
+                </a:solidFill>
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>………….. Européenne</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000099"/>
+                </a:solidFill>
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-CH" sz="2000" dirty="0">
+                <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Adoption du principe </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000099"/>
                 </a:solidFill>
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>d’une ……….. unique</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, dont la mise en place est fixée au 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-CH" sz="2000" baseline="30000" dirty="0">
                 <a:latin typeface="Neue Haas Grotesk Text Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="MS Mincho" panose="02020609040205080304" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -15303,50 +15412,80 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D6597D8A-9D70-4349-A89F-F075334EEC75}" type="slidenum">
               <a:rPr lang="fr-CH" smtClean="0"/>
               <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-CH" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFDC851D-FB7C-FC84-3D69-86FCD361DAAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3478924" y="3692137"/>
+            <a:ext cx="4404010" cy="2664213"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2426956282"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -17003,51 +17142,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
               <a:latin typeface="Book Antiqua"/>
               <a:cs typeface="Book Antiqua"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="fr-FR" sz="1600" dirty="0">
               <a:latin typeface="Book Antiqua"/>
               <a:cs typeface="Book Antiqua"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1823153" y="2667001"/>
+            <a:off x="1829941" y="2646802"/>
             <a:ext cx="804334" cy="3471333"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
@@ -22047,54 +22186,54 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e21e9783-d0a0-48f8-850e-0b081b46d788}" enabled="0" method="" siteId="{e21e9783-d0a0-48f8-850e-0b081b46d788}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1736</Words>
+  <Words>1735</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
-  <Paragraphs>340</Paragraphs>
+  <Paragraphs>343</Paragraphs>
   <Slides>30</Slides>
   <Notes>8</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>30</vt:i4>
       </vt:variant>